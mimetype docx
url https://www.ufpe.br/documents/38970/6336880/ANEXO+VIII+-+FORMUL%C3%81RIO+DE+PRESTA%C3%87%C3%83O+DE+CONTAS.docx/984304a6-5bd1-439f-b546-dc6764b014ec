--- v0 (2026-02-17)
+++ v1 (2026-03-14)
@@ -1,4234 +1,3993 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...17 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w14:paraId="1ABA064C" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
-        <w:spacing w:before="78"/>
-        <w:ind w:left="0" w:right="2792" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="78" w:lineRule="auto"/>
+        <w:ind w:left="2191" w:right="2792" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">        ANEXO VIII</w:t>
+        <w:t xml:space="preserve">  ANEXO VIII</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D906201" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
-        <w:spacing w:before="78"/>
-        <w:ind w:left="0" w:right="2792" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="78" w:lineRule="auto"/>
+        <w:ind w:left="2191" w:right="2792" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">             PRÓ-REITORIA DE GRADUAÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570CBCBE" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
-        <w:spacing w:before="78"/>
-        <w:ind w:left="0" w:right="1834" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="78" w:lineRule="auto"/>
+        <w:ind w:left="2191" w:right="1834.7244094488196" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t>FORMULÁRIO DE PRESTAÇÃO DE CONTAS</w:t>
+        <w:t xml:space="preserve">FORMULÁRIO DE PRESTAÇÃO DE CONTAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB1B2F2" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
-        <w:spacing w:before="109"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="109" w:lineRule="auto"/>
+        <w:ind w:left="425.19685039370086" w:right="275" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Edital 09/2026 - </w:t>
-[...2 lines deleted...]
-        <w:t>Estímulo à Inovação no Âmbito das Práticas de Ensino na Graduação</w:t>
+        <w:t xml:space="preserve">Edital 09/2026 - Estímulo à Inovação no Âmbito das Práticas de Ensino na Graduação</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222AB34D" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
-        <w:spacing w:before="109"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="109" w:lineRule="auto"/>
+        <w:ind w:left="923" w:right="275" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9720" w:type="dxa"/>
-        <w:tblInd w:w="51" w:type="dxa"/>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="9720.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="51.99999999999999" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1095"/>
         <w:gridCol w:w="1380"/>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1110"/>
-        <w:gridCol w:w="1125"/>
+        <w:gridCol w:w="105"/>
+        <w:gridCol w:w="1020"/>
         <w:gridCol w:w="1770"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1095"/>
+            <w:gridCol w:w="1380"/>
+            <w:gridCol w:w="1875"/>
+            <w:gridCol w:w="1365"/>
+            <w:gridCol w:w="1110"/>
+            <w:gridCol w:w="105"/>
+            <w:gridCol w:w="1020"/>
+            <w:gridCol w:w="1770"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB60D4" w14:paraId="73CCF441" w14:textId="77777777" w:rsidTr="00C61244">
-[...34 lines deleted...]
-            <w:tcW w:w="2475" w:type="dxa"/>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. DADOS GERAIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="18C36304" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00C61244">
-[...11 lines deleted...]
-            <w:tcW w:w="7245" w:type="dxa"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nome completo:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:pPr>
+              <w:spacing w:before="116" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Título Projeto:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Centro/Núcleo/Área:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Curso:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+            <w:pPr>
+              <w:spacing w:before="118" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. PRESTAÇÃO DE CONTAS - </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Usar quantas linhas forem necessárias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATERIAL PERMANENTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="690" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+            <w:pPr>
+              <w:ind w:left="163" w:right="151" w:firstLine="28.000000000000007"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº NF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descrição do item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Unitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qtd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="125"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+            <w:pPr>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc. no processo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="477" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="477" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="5"/>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+            <w:pPr>
+              <w:spacing w:before="122" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total de material permanente (R$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATERIAL DE CONSUMO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="690" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+            <w:pPr>
+              <w:ind w:left="163" w:right="151" w:firstLine="28.000000000000007"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº NF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="04B7D9D2" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00C61244">
-[...11 lines deleted...]
-            <w:tcW w:w="7245" w:type="dxa"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descrição do item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Unitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qtd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="125"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+            <w:pPr>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc. no processo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="504" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="5"/>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="2475" w:type="dxa"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+            <w:pPr>
+              <w:spacing w:before="122" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total de material consumo (R$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERVIÇOS DE PESSOA JURÍDICA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="840" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+            <w:pPr>
+              <w:ind w:left="163" w:right="151" w:firstLine="28.000000000000007"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº NF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEF14ED" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00C61244">
-[...11 lines deleted...]
-            <w:tcW w:w="7245" w:type="dxa"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descrição do item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Unitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qtd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="125"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+            <w:pPr>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc. no processo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="390" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="5"/>
-          </w:tcPr>
-[...28 lines deleted...]
-            <w:tcW w:w="7245" w:type="dxa"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total de serviços de pessoa jurídica (R$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="5"/>
-          </w:tcPr>
-[...341 lines deleted...]
-            <w:tcW w:w="6825" w:type="dxa"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total dos recursos utilizados (R$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...789 lines deleted...]
-            </w:pPr>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total de recursos não utilizados* (R$)</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FDCD61D" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
       <w:pPr>
-        <w:ind w:left="-2" w:firstLine="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:right="275.6692913385831"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9780" w:type="dxa"/>
-        <w:tblInd w:w="21" w:type="dxa"/>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="9780.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="21.999999999999993" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6795"/>
         <w:gridCol w:w="2985"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="6795"/>
+            <w:gridCol w:w="2985"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB60D4" w14:paraId="351470F7" w14:textId="77777777" w:rsidTr="00C61244">
-[...5 lines deleted...]
-            <w:tcW w:w="9780" w:type="dxa"/>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E4B8B7"/>
-[...31 lines deleted...]
-              <w:ind w:left="0" w:hanging="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
+            <w:pPr>
+              <w:spacing w:before="117" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. DOCUMENTOS COMPLEMENTARES (quando necessário)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...18 lines deleted...]
-              <w:ind w:left="0" w:right="367" w:hanging="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
+            <w:pPr>
+              <w:ind w:left="107" w:right="367" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nº do Doc no processo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB60D4" w14:paraId="5A35F341" w14:textId="77777777" w:rsidTr="00C61244">
-[...187 lines deleted...]
-            <w:tcW w:w="9780" w:type="dxa"/>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="1154" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Três orçamentos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quando o valor total do bem ou serviço (preço unitário multiplicado pela quantidade total do item) for maior do que 5 (cinco) salários mínimos  vigente (valor de referência R$ 8.105,00, em 2026)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="504" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justificativas para trocas de materiais ou serviços previstos no projeto inicial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="887" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guia de Recolhimento da União (GRU)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
+            <w:pPr>
+              <w:spacing w:before="154" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(para os casos de devolução de recursos não utilizados)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="887" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documento de tombamento (Termo de Responsabilidade)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E4B8B7"/>
-[...9 lines deleted...]
-                <w:bCs/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
+            <w:pPr>
+              <w:spacing w:before="112" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4. ASSINATURA </w:t>
             </w:r>
-            <w:r>
-              <w:t>(assinar eletronicamente este documento)</w:t>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(assinar eletronicamente este documento)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2045AB55" w14:textId="77777777" w:rsidR="00AB60D4" w:rsidRDefault="00AB60D4" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
       <w:pPr>
-        <w:spacing w:before="107"/>
-        <w:ind w:left="0" w:right="760" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="107" w:lineRule="auto"/>
+        <w:ind w:left="212" w:right="760" w:hanging="3.000000000000007"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
+          <w:pgMar w:bottom="1133.8582677165355" w:top="566.9291338582677" w:left="1133.8582677165355" w:right="1133.8582677165355" w:header="0" w:footer="0"/>
+          <w:pgNumType w:start="1"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Anexar comprovante de devolução do saldo não utilizado (quando for o caso) mediante Guia de Recolhimento da União (GRU) da UFPE, solicitado ao setor Financeiro da Prograd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:before="71" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2199" w:right="2792" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.xuwqvspi9jn9" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t>* Anexar comprovante de devolução do saldo não utilizado (quando for o caso) mediante Guia de Recolhimento da União (GRU) da UFPE, solicitado ao setor Financeiro da Prograd</w:t>
+        <w:t xml:space="preserve">ANEXO IX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0159C21F" w14:textId="5C288D1A" w:rsidR="00B61B52" w:rsidRPr="00AB60D4" w:rsidRDefault="00B61B52" w:rsidP="00AB60D4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2220"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9702"/>
+        </w:tabs>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:left="141" w:right="598" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  UNIVERSIDADE FEDERAL DE PERNAMBUCO</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B61B52" w:rsidRPr="00AB60D4" w:rsidSect="0079207D">
-[...9 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2220"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9702"/>
+        </w:tabs>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:left="141" w:right="598" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PRÓ-REITORIA DE GRADUAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2220"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9702"/>
+        </w:tabs>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:left="141" w:right="598" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RELATÓRIO DE CUMPRIMENTO DO OBJETO </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2220"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9702"/>
+        </w:tabs>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:left="141" w:right="598" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Edital 09/2026 - </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estímulo à Inovação no Âmbito das Práticas de Ensino na Graduação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="11" w:lineRule="auto"/>
+        <w:ind w:left="141" w:right="275" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table3"/>
+        <w:tblW w:w="9810.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="217.0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2415"/>
+        <w:gridCol w:w="7395"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="2415"/>
+            <w:gridCol w:w="7395"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="540" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. DADOS GERAIS</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
+            <w:pPr>
+              <w:spacing w:before="118" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nome completo do Coordenador:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="504" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
+            <w:pPr>
+              <w:spacing w:before="116" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Título Projeto:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Centro/Núcleo/Área:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
+            <w:pPr>
+              <w:spacing w:before="118" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Curso(s) beneficiado(s):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. CUMPRIMENTO DOS OBJETIVOS DO PROJETO - </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">usar quantas linhas forem necessárias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. PROCEDIMENTOS METODOLÓGICOS UTILIZADOS</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="770" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
+            <w:pPr>
+              <w:spacing w:before="116" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="185" w:hanging="3.000000000000007"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. DESCRIÇÃO DOS RESULTADOS OBTIDOS – </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">indicando os aspectos da inovação no ensino de graduação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. ACOMPANHAMENTO E AVALIAÇÃO DO PROJETO</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="486" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
+            <w:pPr>
+              <w:ind w:firstLine="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="1"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
+              <w:ind w:left="105" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. ASSINATURA </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(assinar eletronicamente este documento)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:left="141" w:right="275" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:before="107" w:line="355" w:lineRule="auto"/>
+        <w:ind w:left="212" w:right="760" w:hanging="3.000000000000007"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
+          <w:pgMar w:bottom="1133.8582677165355" w:top="1133.8582677165355" w:left="1133.8582677165355" w:right="1133.8582677165355" w:header="360" w:footer="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:before="107" w:line="355" w:lineRule="auto"/>
+        <w:ind w:left="212" w:right="760" w:hanging="3.000000000000007"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
+      <w:pgMar w:bottom="1133.8582677165355" w:top="566.9291338582677" w:left="1133.8582677165355" w:right="1133.8582677165355" w:header="0" w:footer="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...32 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
+  <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...91 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1360 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...12 lines deleted...]
-  </w:endnotePr>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
+  <w:defaultTabStop w:val="720"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...24 lines deleted...]
-  <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...9 lines deleted...]
-  <w15:docId w15:val="{9D92EC34-06B0-44A7-BA41-55D5E7574CC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...380 lines deleted...]
-    <w:rsid w:val="0079207D"/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="400" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:position w:val="-1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="360" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="320" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="pt-PT" w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:widowControl w:val="1"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN" w:eastAsia="zh-CN" w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
-    <w:name w:val="heading 1"/>
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="400" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="360" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="320" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Título"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00502EF7"/>
+    <w:next w:val="Corpodotexto"/>
+    <w:qFormat w:val="1"/>
     <w:pPr>
-      <w:ind w:left="390"/>
+      <w:keepNext w:val="1"/>
+      <w:spacing w:after="120" w:before="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Lucida Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpodotexto">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:before="0" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:suppressLineNumbers w:val="1"/>
+      <w:spacing w:after="120" w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ndice">
+    <w:name w:val="Índice"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:suppressLineNumbers w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal1" w:default="1">
+    <w:name w:val="LO-normal"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:widowControl w:val="1"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN" w:eastAsia="zh-CN" w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulododocumento">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal1"/>
+    <w:next w:val="Normal1"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="320" w:before="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contedodoquadro">
+    <w:name w:val="Conteúdo do quadro"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contedodatabela">
+    <w:name w:val="Conteúdo da tabela"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers w:val="1"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulodetabela">
+    <w:name w:val="Título de tabela"/>
+    <w:basedOn w:val="Contedodatabela"/>
+    <w:qFormat w:val="1"/>
+    <w:pPr>
+      <w:suppressLineNumbers w:val="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="Table Normal"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="320" w:before="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="141" w:right="275"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
-[...11 lines deleted...]
-    <w:rsid w:val="0079207D"/>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="141" w:right="275"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="0079207D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="pt-PT" w:eastAsia="pt-BR"/>
+      <w:vertAlign w:val="baseline"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rodap">
-[...5 lines deleted...]
-    <w:rsid w:val="0079207D"/>
+  <w:style w:type="table" w:styleId="Table3">
+    <w:basedOn w:val="TableNormal"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="141" w:right="275"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="0079207D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="pt-PT" w:eastAsia="pt-BR"/>
+      <w:vertAlign w:val="baseline"/>
     </w:rPr>
-  </w:style>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-</Properties>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miWgkyLuhTwCOuVD/kqCYJ0B8Gawg==">CgMxLjAyDmgueHV3cXZzcGk5am45OAByITF4aVIzTlhDV0xWTmlTUV9tM2RuYm8wREllX2dLei1LYw==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...9 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>