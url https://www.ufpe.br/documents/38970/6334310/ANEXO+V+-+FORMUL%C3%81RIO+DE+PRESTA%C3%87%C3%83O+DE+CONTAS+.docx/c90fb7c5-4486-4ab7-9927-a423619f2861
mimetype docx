--- v0 (2026-02-17)
+++ v1 (2026-03-14)
@@ -1,2278 +1,2505 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
-  <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:ind w:left="2191" w:right="2792" w:firstLine="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-7" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ANEXO V</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...182 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="109" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="109" w:lineRule="auto"/>
         <w:ind w:left="923" w:right="275.6692913385831" w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">FORMULÁRIO DE PRESTAÇÃO DE CONTAS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-7" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Edital Nº 08 /2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-7" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Estímulo aos Projetos de Ensino no Âmbito das Coordenações de Curso e de Área</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Estímulo aos Projetos de Apoio ao Ensino de Graduação</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+        <w:spacing w:before="109" w:lineRule="auto"/>
+        <w:ind w:left="923" w:right="275" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
-        <w:tblW w:w="9180.0" w:type="dxa"/>
+        <w:tblW w:w="9720.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="51.99999999999999" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1095"/>
         <w:gridCol w:w="1380"/>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1110"/>
-        <w:gridCol w:w="180"/>
-        <w:gridCol w:w="2175"/>
+        <w:gridCol w:w="105"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="1770"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="1095"/>
             <w:gridCol w:w="1380"/>
             <w:gridCol w:w="1875"/>
             <w:gridCol w:w="1365"/>
             <w:gridCol w:w="1110"/>
-            <w:gridCol w:w="180"/>
-            <w:gridCol w:w="2175"/>
+            <w:gridCol w:w="105"/>
+            <w:gridCol w:w="1020"/>
+            <w:gridCol w:w="1770"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="345" w:hRule="atLeast"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:fill="e4b8b7" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:before="120" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1. DADOS GERAIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
-[...2 lines deleted...]
-              <w:spacing w:before="115" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome completo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="5"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="506" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
-[...2 lines deleted...]
-              <w:spacing w:before="116" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:pPr>
+              <w:spacing w:before="116" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Título Projeto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="5"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
-[...2 lines deleted...]
-              <w:spacing w:before="115" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Centro/Núcleo/Área:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="5"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
-[...2 lines deleted...]
-              <w:spacing w:before="115" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+            <w:pPr>
+              <w:spacing w:before="115" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Curso:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="5"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">Usar quantas linhas forem necessárias</w:t>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="7"/>
-          </w:tcPr>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+            <w:pPr>
+              <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projeto conjunto? </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( ) Sim ( ) Não</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+            <w:pPr>
+              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Em caso afirmativo, informe:</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">MATERIAL PERMANENTE</w:t>
+              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. quais as coordenações envolvidas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+            <w:pPr>
+              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. que coordenação ser[a responsável pelo tombamento do bem adquirido (se houver):</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="568.7460937500001" w:hRule="atLeast"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr/>
-[...3 lines deleted...]
-              <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+            <w:pPr>
+              <w:spacing w:before="118" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. PRESTAÇÃO DE CONTAS - </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Usar quantas linhas forem necessárias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATERIAL PERMANENTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="690" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+            <w:pPr>
               <w:ind w:left="163" w:right="151" w:firstLine="28.000000000000007"/>
-              <w:jc w:val="both"/>
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nº NF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Descrição do item</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
-[...63 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Unitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Qtd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Valor total do item</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="125"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+            <w:pPr>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc. no processo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="477" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
-[...47 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="477" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
-[...47 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
-[...2 lines deleted...]
-              <w:spacing w:before="122" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+            <w:pPr>
+              <w:spacing w:before="122" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Total de material permanente (R$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="7"/>
-[...4 lines deleted...]
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MATERIAL DE CONSUMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="690" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
-[...2 lines deleted...]
-              <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+            <w:pPr>
               <w:ind w:left="163" w:right="151" w:firstLine="28.000000000000007"/>
-              <w:jc w:val="both"/>
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nº NF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Descrição do item</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
-[...63 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Unitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Qtd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Valor total do item</w:t>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="125"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+            <w:pPr>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc. no processo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
-[...47 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
-[...47 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="504" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
-[...2 lines deleted...]
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+            <w:pPr>
+              <w:spacing w:before="122" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Total de material consumo (R$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:gridSpan w:val="3"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
-[...342 lines deleted...]
-          <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...89 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="503" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="6"/>
-[...5 lines deleted...]
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="24"/>
-[...34 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SERVIÇOS DE PESSOA JURÍDICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
-          <w:trHeight w:val="287.373046875" w:hRule="atLeast"/>
+          <w:trHeight w:val="840" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
-          <w:tcPr>
-            <w:gridSpan w:val="6"/>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+            <w:pPr>
+              <w:ind w:left="163" w:right="151" w:firstLine="28.000000000000007"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº NF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descrição do item</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Unitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+            <w:pPr>
+              <w:ind w:left="0" w:right="275.6692913385831"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qtd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+            <w:pPr>
+              <w:spacing w:before="113" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="125"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valor Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+            <w:pPr>
+              <w:ind w:left="0" w:right="175"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc. no processo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="390" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="393" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="5"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
-[...2 lines deleted...]
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total de serviços de pessoa jurídica (R$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
+            <w:pPr>
+              <w:spacing w:before="120" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Total dos recursos utilizados (R$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total de recursos não utilizados* (R$)</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:fill="c9daf8" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="107" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="195" w:lineRule="auto"/>
+        <w:ind w:right="275.6692913385831"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="9780.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="21.999999999999993" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6795"/>
+        <w:gridCol w:w="2985"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="6795"/>
+            <w:gridCol w:w="2985"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
+            <w:pPr>
+              <w:spacing w:before="117" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. DOCUMENTOS COMPLEMENTARES (quando necessário)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="503" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
+            <w:pPr>
+              <w:ind w:left="107" w:right="367" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nº do Doc no processo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="1154" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Três orçamentos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quando o valor total do bem ou serviço (preço unitário multiplicado pela quantidade total do item) for maior do que 5 (cinco) salários mínimos  vigente (valor de referência R$ 8.105,00, em 2026)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="504" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justificativas para trocas de materiais ou serviços previstos no projeto inicial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="887" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guia de Recolhimento da União (GRU)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
+            <w:pPr>
+              <w:spacing w:before="154" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(para os casos de devolução de recursos não utilizados)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="887" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
+            <w:pPr>
+              <w:spacing w:before="114" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documento de tombamento (Termo de Responsabilidade)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
+            <w:pPr>
+              <w:ind w:left="141.73228346456688" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="506" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:fill="e4b8b7" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
+            <w:pPr>
+              <w:spacing w:before="112" w:lineRule="auto"/>
+              <w:ind w:left="105" w:right="275.6692913385831" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. ASSINATURA </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(assinar eletronicamente este documento)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="107" w:lineRule="auto"/>
         <w:ind w:left="212" w:right="760" w:hanging="3.000000000000007"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:sectPr>
-[...3 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">* Anexar comprovante de devolução do saldo não utilizado (quando for o caso) mediante Guia de Recolhimento da União (GRU) da UFPE, solicitado ao setor Financeiro da Prograd</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-7" w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-7" w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="107" w:line="355" w:lineRule="auto"/>
         <w:ind w:left="212" w:right="760" w:hanging="3.000000000000007"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:type w:val="continuous"/>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="1133.8582677165355" w:top="1133.8582677165355" w:left="1133.8582677165355" w:right="1133.8582677165355" w:header="0" w:footer="0"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
@@ -2590,66 +2817,99 @@
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="320" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="141" w:right="275"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="195" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="141" w:right="275"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="0.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>