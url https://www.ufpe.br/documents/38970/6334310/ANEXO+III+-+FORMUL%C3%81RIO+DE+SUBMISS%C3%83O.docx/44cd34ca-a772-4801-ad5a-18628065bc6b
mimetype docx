--- v0 (2026-02-17)
+++ v1 (2026-03-14)
@@ -58,1543 +58,1493 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULÁRIO DE SUBMISSÃO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-7" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Edital Nº 08 /2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-7" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b w:val="1"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Estímulo aos Projetos de Ensino no Âmbito das Coordenações de Curso e de Área</w:t>
+        <w:t xml:space="preserve"> Estímulo aos Projetos de Apoio ao Ensino de Graduação</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9452.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1411"/>
         <w:gridCol w:w="998"/>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="2081"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="2660"/>
             <w:gridCol w:w="1984"/>
             <w:gridCol w:w="1411"/>
             <w:gridCol w:w="998"/>
             <w:gridCol w:w="318"/>
             <w:gridCol w:w="2081"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="307" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1. DADOS GERAIS </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="290.9765625" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Centro:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Curso:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Área:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:trHeight w:val="275" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Responsável pela submissão do projeto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coordenador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
+          </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
-            <w:pPr>
-[...32 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vice-coordenador</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:trHeight w:val="275" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
-[...15 lines deleted...]
-              <w:jc w:val="left"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
-            <w:pPr>
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ramal na UFPE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Celular:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">CPF:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dados bancários:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Banco:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dados bancários:</w:t>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Banco:</w:t>
+              <w:t xml:space="preserve">Agência:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agência:</w:t>
-[...11 lines deleted...]
-            </w:tcBorders>
+              <w:t xml:space="preserve">Conta:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="2019.8828125000182" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Conta:</w:t>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. DADOS DO PROJETO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projeto conjunto? </w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( ) Sim ( ) Não</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Em caso afirmativo:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. quais as coordenações envolvidas; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. que coordenação será responsável pelo tombamento do bem adquirido (se houver):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
-            <w:shd w:fill="ffffff" w:val="clear"/>
-[...26 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.1 TÍTULO:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="647.9296875" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.2 JUSTIFICATIVA DA RELEVÂNCIA DO PROJETO DE APOIO AO ENSINO DE GRADUAÇÃO  PARA O CURSO E SUA RELAÇÃO COM O PROJETO PEDAGÓGICO: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
-[...34 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.3 OBJETIVOS (GERAL E ESPECÍFICOS) E METAS A SEREM ALCANÇADAS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
-[...34 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.4 METODOLOGIA:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
-[...34 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.5 RESULTADOS ESPERADOS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.6 FORMAS DE ACOMPANHAMENTO E AVALIAÇÃO:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="296" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="ffffff" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. ORÇAMENTO DO RECURSO SOLICITADO </w:t>
+            </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DISCRIMINAÇÃO DOS ITENS</w:t>
+            </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
-[...67 lines deleted...]
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...36 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISCRIMINAÇÃO DOS ITENS</w:t>
-[...47 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Material de permanente</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Em caso de dúvida consultar </w:t>
             </w:r>
             <w:hyperlink r:id="rId7">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="1155cc"/>
@@ -1612,339 +1562,339 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DESCRIÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">VALOR (R$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Usar quantas linhas forem necessárias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="144" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Material de Consumo/ Outros serviços de terceiros – Pessoa Jurídica</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Em caso de dúvida consultar </w:t>
             </w:r>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="1155cc"/>
@@ -1962,367 +1912,367 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="286" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DESCRIÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">VALOR (R$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="286" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Usar quantas linhas forem necessárias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="286" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="286" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
-[...26 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-7" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="286" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Total dos recursos solicitados (R$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-7" w:hanging="2"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="275" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="4a86e8"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Obs: Natureza da despesa exclusivamente: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2381,56 +2331,63 @@
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="4a86e8"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Portaria Normativa Nº 14/2023 do Gabinete do Reitor/UFPE, de 25 de outubro de 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="4a86e8"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-7" w:hanging="2"/>
         <w:jc w:val="both"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
       <w:pgMar w:bottom="1133.8582677165355" w:top="1133.8582677165355" w:left="1133.8582677165355" w:right="1133.8582677165355" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>