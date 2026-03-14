--- v0 (2026-02-17)
+++ v1 (2026-03-14)
@@ -1,12715 +1,3983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="343" w:lineRule="auto" w:before="77"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:pict>
+          <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202.0" path="m,l,21600r21600,l21600,xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path o:connecttype="rect" gradientshapeok="t"/>
+          </v:shapetype>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:widowControl w:val="1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ANEXO II </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:spacing w:before="77" w:line="343" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2132" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...39 lines deleted...]
-        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNIVERSIDADE FEDERAL DE PERNAMBUCO GABINETE DO REITOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:spacing w:before="8" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
         <w:ind w:left="734" w:right="239" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...109 lines deleted...]
-        <w:spacing w:before="217"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PORTARIA NORMATIVA Nº 14, DE 25 DE OUTUBRO DE 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:spacing w:before="217" w:lineRule="auto"/>
         <w:ind w:left="5293" w:right="270" w:firstLine="0"/>
-      </w:pPr>
-[...168 lines deleted...]
-        <w:spacing w:before="217"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regulamenta a Resolução nº 17/2023, do Conselho de Ensino, Pesquisa e Extensão, que estabelece normas para concessão de Auxílio Financeiro a Pesquisador para execução de projetos de pesquisa e inovação, e atividades relacionadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:spacing w:before="217" w:lineRule="auto"/>
         <w:ind w:left="734" w:right="251" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...149 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O  </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REITOR DA UNIVERSIDADE FEDERAL DE PERNAMBUCO</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no uso das</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:ind w:left="193" w:right="268" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atribuições que lhe são conferidas pelo Art. 33 do Estatuto, e considerando o Art. 1º, §§ 2º e 4º; o Art. 6º; o Art. 7º, § 4º; e o Art. 12 da Resolução nº 17/2023, do CEPE,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:right="7078.818897637795" w:firstLine="734"/>
         <w:rPr/>
-        <w:t>atribuições</w:t>
-[...235 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.runbz5y4jkj0" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESOLVE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAPÍTULO I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...347 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DISPOSIÇÕES INICIAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="273" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 1º Regulamentar, nos termos de sua competência, a Resolução nº 17/2023, do CEPE, que estabelece normas para a concessão de recursos financeiros via rubrica orçamentária Auxílio Financeiro a Pesquisadores, no âmbito da UFPE para apoiar o desenvolvimento de pesquisa e inovação, por meio da destinação de recursos financeiros do Tesouro para custear a execução de projetos de pesquisa ou inovação, para organização ou participação do pesquisador em eventos, pagamento de publicações e outras atividades relacionadas de pesquisa e inovação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="278" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. Os recursos financeiros de que tratam esta Portaria Normativa serão concedidos nas naturezas de despesa 33.90.20 (custeio) e 44.90.20 (capital).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="763" w:firstLine="0"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 2º Para fins desta Portaria Normativa, considera-se:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="934"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- despesa de custeio: aquelas relativas ao custeio dos projetos tais como serviços prestados por pessoa física ou jurídica, a aquisição de materiais diversos de consumo, licenças temporárias de software, passagens e diárias, etc; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1059"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="273" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- despesas de capital: aquelas relativas à aquisição de bens patrimoniais, tais como, equipamentos, material permanente, mobiliário, livros, licença permanente de software, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAPÍTULO II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOS RECURSOS FINANCEIROS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Da Celebração</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 3º O Auxílio Financeiro a Pesquisador será concedido diretamente aos pesquisadores, servidores docentes ou técnico-administrativos em educação, vinculados ao quadro ativo permanente da UFPE, mediante a celebração de Termo de Outorga, cujo período de vigência definirá o período de realização das despesas nele compreendidas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 1º A solicitação dos recursos financeiros deverá ser feita em formulário próprio, por servidores docentes ou técnico-administrativos ativos da UFPE, conforme modelo definido em Edital, salvo os casos específicos previstos na Resolução nº 17/2023, do CEPE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 2º Os recursos financeiros serão depositados na conta corrente do beneficiário ou disponibilizados via cartão pesquisador.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="266" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 3º Em caso de beneficiário estrangeiro não contemplado por uma das alternativas estabelecidas no parágrafo anterior, será emitida ordem bancária de pagamento que deve ser sacada no Banco do Brasil pelo beneficiário no prazo de sete dias corridos da geração da ordem bancária.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 4º Verificada a necessidade de alterações ou de prorrogação do período de vigência do Termo de Outorga, é obrigatória a solicitação prévia, com antecedência mínima de 30 dias, dirigida à unidade responsável pelo lançamento do Edital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="268" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 5º O remanejamento de despesas, conforme estabelecido pelo Art. 46 do Decreto nº 9.283/2018, deverá ser justificado no relatório de prestação de contas, observados os itens financiáveis listados no Termo de Outorga ou Edital e respeitando as seguintes disposições:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="919"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="277" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- para alterações de até 20% do valor do projeto, os recursos poderão ser remanejados sem anuência prévia da unidade responsável pelo lançamento do edital, sendo necessária justificativa na prestação de contas e observado o alinhamento com a finalidade do auxílio definido no edital e/ou termo de outorga;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="999"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- a alteração de natureza de despesas fica restrita a 20% do valor do projeto, observando o descrito no item anterior; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1079"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- para alterações acima de 20% do valor do projeto, a alteração no uso dos recursos deverá ser solicitada e aprovada pela unidade responsável pelo lançamento do edital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="266" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 4º Todas as despesas executadas no âmbito do Auxílio Financeiro a Pesquisador devem ser em nome e número de Cadastro de Pessoa Física - CPF do beneficiário, e comprovadas por meio de documento fiscal e comprovante de pagamento pertinente emitidos dentro do prazo de vigência do Auxílio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 1º São permitidas despesas efetuadas no CNPJ da Universidade em caso de aquisição de produtos controlados pelo exército ou polícia federal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="281" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 2º Outras situações excepcionais de despesas que possam ser realizadas em nome de pessoa física, poderão ser analisadas e autorizadas previamente pela unidade concedente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1604" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Despesas para Aquisição de Passagens Aéreas e Deslocamento Terrestre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="266" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 5º A realização de despesas com a aquisição de passagens aéreas e com deslocamento terrestre do beneficiário deverão observar o cronograma do evento mais o período de trânsito, além das seguintes disposições:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="904"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="903" w:hanging="140.99999999999994"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- a aquisição de passagens aéreas deve ser exclusivamente em classe econômica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1089"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- a realização de despesa com deslocamento terrestre deve observar as seguintes orientações, conforme a modalidade:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1026"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="570"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">táxi: apresentação do recibo contendo trecho, nome e número de CPF do motorista e placa do veículo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1024"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1023" w:hanging="261.0000000000001"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">locação de veículo/traslado: apresentação de Nota Fiscal/Nota de Serviço e recibo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1011"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1010" w:hanging="247.99999999999997"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">combustível: apresentação de Nota Fiscal (cupom) e recibo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1024"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1023" w:hanging="261.0000000000001"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">passagem terrestre: apresentação de bilhete de embarque e desembarque.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1024"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. Além do beneficiário, poderão ser adquiridas passagens para pesquisador(es) da UFPE participante(s) da pesquisa (docente, técnico-administrativo ou estudante) ou para pesquisador(es) externo(s) convidado(s) que venha(m) colaborar ou apresentar seminário ou palestra na UFPE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:left="763" w:right="1551.2598425196852" w:firstLine="3351"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Da Despesa com Diárias </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:left="763" w:right="1551.2598425196852" w:firstLine="87.3937007874018"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 6º A despesa com diárias se dará da seguinte forma:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="964"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Diárias no País: para cobertura de despesas com alimentação e hospedagem a serem realizadas pelo beneficiário, estudante(s) sob sua orientação ou pesquisador(es) colaborador(es), quando em atividades relacionadas ao projeto de pesquisa fora do seu domicílio; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1014"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="268" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Diárias no Exterior: para cobertura de despesas com alimentação e hospedagem a serem realizadas pelo beneficiário, estudante(s) sob sua orientação ou pesquisador(es) colaborador(es), quando em atividades relacionadas ao projeto de pesquisa no exterior, cujos recursos financeiros serão liberados em moeda nacional para aquisição da moeda estrangeira pelo próprio beneficiário.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 7º Os valores das diárias nacionais e internacionais seguirão o padrão estabelecido pelo Decreto nº 11.117, de 1º de julho de 2022, que altera o Decreto nº 5.992, de 19 de dezembro de 2006, no caso de diárias nacionais; e pelo Decreto nº 71.733, de 18 de janeiro de 1973, no caso de diárias internacionais; que dispõem sobre a concessão de diárias no âmbito da administração federal direta, autárquica e fundacional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="275" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 8º A prestação de contas do recebimento de diárias em favor do beneficiário se dará por meio de recibo (Anexo I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 9º Além do beneficiário, poderão ser realizados pagamentos de diárias a pesquisador(es) da UFPE participante(s) da pesquisa (docente, técnico ou estudante) ou para pesquisador(es) externo(s) convidado que venha(m) colaborar ou apresentar seminários e palestras na UFPE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="3523" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Despesas com Taxa de Inscrição</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 10. A despesa realizada para pagamento de taxa de inscrição para participação em cursos, congressos, reuniões científicas em geral, deverá ser comprovada através do recibo de pagamento ou depósito bancário em favor da instituição organizadora do evento, juntamente com o certificado de participação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2881" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Da Aquisição de Bens ou Contratação de Serviços</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 11. Na aquisição de bens ou contratação de serviços destinados ao desenvolvimento do plano de trabalho, objeto do auxílio financeiro, o beneficiário deverá observar o princípio do menor preço, sem deixar de considerar, igualmente, os aspectos de qualidade e de rendimento que possam comprometer o resultado da pesquisa, possibilitando assim o melhor aproveitamento dos recursos públicos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="266" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 1º Quando o valor do bem ou serviço for maior do que 5 (cinco) salários mínimos o beneficiário deverá providenciar 03 (três) cotações preservando o princípio da economicidade.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="281" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 2º Fica dispensada a apresentação de 03 (três) cotações, independentemente do valor, em caso de fornecedor exclusivo ou mediante justificativa técnica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="273" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 3º Caso o fornecedor não cumpra com a obrigação de entrega, o beneficiário deverá repor o valor, não cabendo à Universidade estabelecer procedimento junto ao fornecedor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="273" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 4º Nos casos de contratação de serviços de terceiros à pessoa física, é necessário utilizar o recibo indicado no Anexo II, preenchendo-o em todos os seus campos, devendo o beneficiário estar atento às incidências de ISS, IRPF e à responsabilidade sobre os seus recolhimentos, os quais devem estar devidamente comprovados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 12. Os bens patrimoniais adquiridos no decorrer do projeto devem ser tombados para integrar o patrimônio da UFPE, conforme as normativas vigentes e orientação da Pró-Reitoria de Gestão Administrativa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção VI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="4588" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Da importação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 13. A importação de material de consumo, serviços (</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">softwares</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), ou material permanente para pesquisa, incluindo as despesas com IOF, poderá ser realizada diretamente pelo beneficiário utilizando os mecanismos disponíveis ou através da contratação de fundação de apoio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="269" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. No caso em que a importação for realizada diretamente pelo beneficiário, deverá ser encaminhada, quando da prestação de contas, cópia da seguinte documentação:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="964"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="269" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- contrato de câmbio ou comprovante da despesa em fatura de cartão de crédito, que apresente a taxa de câmbio utilizada;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="984"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:left="763" w:right="3110.3149606299216" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- fatura comercial (</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">invoice </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receipt</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="984"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="3110.3149606299216" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         III - declaração de importação, se houver; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+      <w:pPr>
+        <w:spacing w:before="3" w:lineRule="auto"/>
+        <w:ind w:left="763" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IV - demais comprovantes de desembaraço, quando houver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:left="4387" w:right="3252.0472440944886" w:firstLine="166.00000000000023"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAPÍTULO III DAS VEDAÇÕES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+      <w:pPr>
+        <w:spacing w:before="2" w:lineRule="auto"/>
+        <w:ind w:left="763" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 14. É vedado ao beneficiário do Auxílio Financeiro a Pesquisador:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="934" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="919"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...41 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="281" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- utilizar os recursos para qualquer outra finalidade que não definida e aprovada no projeto de pesquisa ou no Plano de Trabalho;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1059" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="984"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...184 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="271" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- transferir numerário da conta vinculada para outra conta pessoal ou de outrem, exceto para recebimento de diárias ou pagamento de serviço de pessoa física;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1094"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="268" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- utilizar os recursos depositados na conta vinculada a título de empréstimo pessoal ou a outrem para reposição futura ou para aplicação no mercado financeiro;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1093"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- transferir a terceiros as obrigações assumidas, salvo se autorizado prévia e formalmente pela unidade responsável pelo lançamento do edital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1043"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- pagar contas de energia elétrica, telefonia, água potável e esgotamento sanitário, bem como outras despesas entendidas como de custeio regular das instituições promotoras e receptoras, consideradas como contrapartida obrigatória das instituições envolvidas no programa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1093"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="278" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- efetuar pagamento regular a pessoas físicas de modo a caracterizar vínculo empregatício de natureza trabalhista celetista;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1158"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1157" w:hanging="395"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- efetuar o pagamento de taxas escolares ou mensalidades;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1237"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1236" w:hanging="474.00000000000006"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- efetuar pagamento a membros da equipe técnica, salvo diárias;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1078"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="1077" w:hanging="315"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- efetuar pagamento para execução de atividades ou funções administrativas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1058"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- efetuar pagamento de remuneração, a qualquer título, por serviços de consultoria ou assistência técnica realizados por servidores da administração pública federal ou estadual, empregados de empresas públicas ou sociedades de economia mista conforme legislação vigente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1058"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. A não observância do disposto no </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">caput </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">implicará na rescisão do Termo de Outorga, devendo o beneficiário prestar contas dos recursos financeiros utilizados, no prazo de 60 (sessenta) dias contados da intimação, sem prejuízo da aplicação das penalidades cabíveis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAPÍTULO IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1189 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DA PRESTAÇÃO DE CONTAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 15. O recebimento de recursos via Auxílio Financeiro a Pesquisador implicará a obrigatoriedade de apresentação da prestação de contas à unidade responsável pelo lançamento do edital, no prazo máximo de 60 (sessenta) dias após o prazo de aplicação previsto no Termo de Outorga, mediante processo eletrônico, considerando o(s) modelo(s) definido(s) no Edital, devendo constar dos seguintes itens:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="919" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="979"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...67 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- relatório técnico das atividades realizadas, apresentando resultados obtidos, público alcançado e impacto para o desenvolvimento acadêmico e científico da UFPE, quando se tratar de solicitação de recursos para desenvolvimento de projetos de pesquisa, inovação, intercâmbio e publicações em nível acadêmico, bem como de organização de eventos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="999" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...28 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- prestação de contas financeira dando conta da aplicação detalhada dos recursos, segundo cada atividade/item previsto no orçamento apresentado no ato da solicitação, acompanhado dos respectivos documentos originais ou digitalizados: Notas Fiscais, Faturas, canhotos de cartão de crédito, recibos, bilhetes de embarque e desembarque, juntamente com o comprovante de pagamento, comprovantes de depósitos e demais formas de comprovação previstas em lei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1079" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1109"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...249 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="273" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- relação de pagamentos e de bens adquiridos, considerando modelo(s) definido(s) em Edital;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1108"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="271" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- cópia de certificado de participação ou de apresentação de trabalho, quando se tratar de recursos financeiros para participação em eventos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="1028"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="268" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- comprovante de devolução do saldo não utilizado, quando for o caso, mediante Guia de Recolhimento da União (GRU) da UFPE, conforme orientação da unidade responsável pelo lançamento do edital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="269" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. Caso o beneficiário não tenha a prestação de contas aprovada ou deixe de apresentá-la, ficará impedido de receber quaisquer benefícios provenientes da UFPE, até a sua regularização.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="267" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 16. Quando a despesa com passagens, diárias e taxa de inscrição a ser comprovada estiver relacionada com a participação em eventos, o beneficiário deverá apresentar obrigatoriamente o certificado de participação ou apresentação de trabalho.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="270" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. A comprovação das despesas mencionadas no </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">caput </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deverá ser feita, conforme o caso, da seguintes forma:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="904" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="964"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="275" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- comprovação do pagamento através de depósito na conta ou de recibo emitido pelo prestador ou instituição;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1089" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1014"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...171 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- comprovação do pagamento da fatura do cartão de crédito onde esteja realçado o valor correspondente ao preço da passagem ou taxa de inscrição; e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1026" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:leader="none" w:pos="1079"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="120" w:after="0"/>
-[...526 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="278" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- apresentação dos bilhetes de embarque e, em caso de extravio dos cartões, declaração de utilização do trecho emitida pela empresa aérea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 17. Somente serão admitidos como comprovantes de despesa os documentos emitidos dentro do prazo de vigência estabelecido do Auxílio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="274" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 18. Em caso de interrupção do projeto, o fato deverá ser comunicado à unidade responsável pelo lançamento do edital pelo beneficiário, com a devolução imediata dos recursos financeiros recebidos, acompanhado de justificativa formal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="268" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 19. Quando o prazo de vigência do Termo de Outorga for superior a 01 (um) ano, ficará o beneficiário obrigado a apresentar prestação de contas parcial na forma estabelecida em Edital, cujo envio deverá ocorrer até 60 (sessenta) dias após completo o ciclo de 12 (doze) meses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="272" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 20. A prestação de contas das despesas realizadas mediante a modalidade de cartão pesquisador, observará as orientações e normativas vigentes relativamente à matéria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...416 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAPÍTULO V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...227 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DAS DISPOSIÇÕES GERAIS E FINAIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="266" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 21. Toda e qualquer atividade financiada via Auxílio Financeiro a Pesquisador que envolver a veiculação e divulgação de produtos técnico-científicos, deverá, necessariamente, observar o disposto na Resolução nº 01/2023, do CEPE, que estabelece critérios para normatizar as formas de inserção da afiliação institucional nas publicações e nos veículos de cadastro e divulgação de produtos técnico-científicos gerados pelos membros da comunidade acadêmica da Universidade Federal de Pernambuco.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="272" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 22. O beneficiário poderá ser substituído por outro beneficiário mediante concordância prévia da unidade responsável pelo lançamento do edital.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="271" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parágrafo único. Neste caso, o beneficiário original será obrigado a apresentar a prestação de contas referente ao período sob sua responsabilidade, cabendo ao novo beneficiário a prestação de contas final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="272" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 23. É reservado à UFPE e aos órgãos de controle interno e externo o direito de acompanhar e avaliar a execução do projeto, fiscalizar </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in loco </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a utilização dos recursos e solicitar outras informações até 5 (cinco) anos a contar da data de aprovação das contas da UFPE, correspondentes ao ano da prestação de contas do Auxílio Financeiro a Pesquisador, pelo Tribunal de Contas da União.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="193" w:right="276" w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 24. Os casos omissos serão apreciados pelas Pró-Reitorias competentes e, quando necessário, submetidos ao Reitor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
+        <w:ind w:left="763" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 25. Ficam revogadas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:left="763" w:right="2968.5826771653547" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I - a Portaria Normativa nº 08, de 13 de agosto de 2014; e </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="343" w:lineRule="auto"/>
+        <w:ind w:right="2968.5826771653547"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           II - a Portaria Normativa nº 11, de 18 de maio de 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+      <w:pPr>
+        <w:spacing w:before="3" w:lineRule="auto"/>
+        <w:ind w:left="763" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 26. Esta Portaria Normativa entra em vigor em 1º de novembro de 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+      <w:pPr>
+        <w:spacing w:before="217" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...357 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prof. ALFREDO MACEDO GOMES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+      <w:pPr>
+        <w:spacing w:before="120" w:lineRule="auto"/>
         <w:ind w:left="2630" w:right="2135" w:firstLine="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...6456 lines deleted...]
-        <w:spacing w:before="90"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reitor</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="90" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1333" w:right="558" w:firstLine="0"/>
-      </w:pPr>
-[...222 lines deleted...]
-        <w:t>Físicas).</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:pgSz w:w="11920" w:h="16840"/>
-      <w:pgMar w:top="1340" w:bottom="280" w:left="940" w:right="880"/>
+      <w:pgSz w:h="16840" w:w="11920" w:orient="portrait"/>
+      <w:pgMar w:bottom="280" w:top="1340" w:left="940" w:right="880" w:header="360" w:footer="360"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...5 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Times New Roman"/>
+  <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:multiLevelType w:val="hybridMultilevel"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="193" w:hanging="200"/>
-[...7 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="193" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1190" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1190" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2180" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2180" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3170" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="3170" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4160" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="4160" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5150" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5150" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6140" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="6140" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7130" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="7130" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8120" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="8120" w:hanging="155"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="193" w:hanging="215"/>
-[...7 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="903" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1190" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1820" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2180" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2740" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3170" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="3660" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4160" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="4580" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5150" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5500" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6140" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="6420" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7130" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="7340" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8120" w:hanging="215"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="8260" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="3">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="193" w:hanging="155"/>
-[...7 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="193" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1190" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1190" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2180" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2180" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3170" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="3170" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4160" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="4160" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5150" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5150" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6140" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="6140" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7130" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="7130" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8120" w:hanging="155"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="8120" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="193" w:hanging="200"/>
-[...7 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="193" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1190" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1190" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2180" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2180" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3170" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="3170" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4160" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="4160" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5150" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5150" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6140" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="6140" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7130" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="7130" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8120" w:hanging="200"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="8120" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="193" w:hanging="200"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2180" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3170" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4160" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5150" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6140" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7130" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8120" w:hanging="200"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="193" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1190" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2180" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3170" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4160" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5150" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6140" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7130" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8120" w:hanging="200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="193" w:hanging="262"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2180" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3170" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4160" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5150" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6140" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7130" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8120" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="8">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="903" w:hanging="140"/>
-[...7 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="193" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1820" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="1190" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2740" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="2180" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="3170" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4580" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="4160" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5500" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="5150" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6420" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="6140" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7340" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="7130" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8260" w:hanging="140"/>
-[...3 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:ind w:left="8120" w:hanging="170"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:multiLevelType w:val="hybridMultilevel"/>
+  <w:abstractNum w:abstractNumId="9">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="193" w:hanging="155"/>
-        <w:jc w:val="left"/>
-[...6 lines deleted...]
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1190" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2180" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3170" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4160" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5150" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6140" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7130" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8120" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="0">
-[...123 lines deleted...]
-  <w:num w:numId="9">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="pt-PT"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
-[...10 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:before="90" w:lineRule="auto"/>
+      <w:ind w:left="734" w:right="8099"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:qFormat w:val="1"/>
+    <w:tblPr>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="BodyText" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="193" w:firstLine="570"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Title" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:pPr>
       <w:spacing w:before="90"/>
       <w:ind w:left="734" w:right="8099"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="193" w:firstLine="570"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:pPr>
       <w:ind w:left="78"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="pt-PT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12951,56 +4219,60 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</Properties>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhRA0fsKzZQlqXNF/ybjwgWjreTxg==">CgMxLjAyDmgucnVuYno1eTRqa2owOAByITE0TVNiNEFVOW1MLXRDbnRSeTVERVFvbHBkaFpaRS1tLQ==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-11-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2024-04-25T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>